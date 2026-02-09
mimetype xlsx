--- v0 (2026-01-20)
+++ v1 (2026-02-09)
@@ -9,80 +9,80 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\lonfs05.bta.org.uk\Research&amp;Insights\5-Projects &amp; data sources_Tourism industry\Value of Tourism 2024\Economic Value (Lot 1)\Deliverables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0CC8A6A3-E0BF-475F-824E-F3577C30AB1C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8441994D-FBF4-4C18-B7C5-CD0804D26FCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D8A81D97-6A9C-43B2-821E-FBE5B395EF2C}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{D8A81D97-6A9C-43B2-821E-FBE5B395EF2C}"/>
   </bookViews>
   <sheets>
     <sheet name="United Kingdom" sheetId="2" r:id="rId1"/>
     <sheet name="ITL1 Nations and Regions" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="53">
   <si>
     <t>Spend</t>
   </si>
   <si>
     <t>GDP</t>
   </si>
   <si>
     <t>Jobs</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Direct</t>
   </si>
   <si>
     <t>Indirect</t>
   </si>
   <si>
     <t>Total Tourism</t>
   </si>
   <si>
     <t>Visits</t>
   </si>
   <si>
@@ -137,53 +137,50 @@
     <t>Wales</t>
   </si>
   <si>
     <t>Scotland</t>
   </si>
   <si>
     <t>Northern Ireland</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>England exc. London</t>
   </si>
   <si>
     <t>Great Britain</t>
   </si>
   <si>
     <t>Tourism Economic Impact</t>
   </si>
   <si>
     <t>includes air fares with UK carriers</t>
   </si>
   <si>
     <t>Domestic</t>
-  </si>
-[...1 lines deleted...]
-    <t>includes outbound pre-trip spend</t>
   </si>
   <si>
     <t>GDP (£  m)</t>
   </si>
   <si>
     <t>Spend (£ m)</t>
   </si>
   <si>
     <t>Jobs (number)</t>
   </si>
   <si>
     <t>Tourism share (%)</t>
   </si>
   <si>
     <t>Total exc. day visits</t>
   </si>
   <si>
     <t>000s</t>
   </si>
   <si>
     <t>Domestic day</t>
   </si>
   <si>
     <t>Domestic overnight</t>
   </si>
@@ -195,50 +192,56 @@
   </si>
   <si>
     <t>UK Tourism Activity</t>
   </si>
   <si>
     <t>value*</t>
   </si>
   <si>
     <t>Notes:</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>share of total economy</t>
   </si>
   <si>
     <t>*Note all values include Northern Ireland and hence may differ from official VisitEngland/VisitBritain statistics.
 Inbound spending includes air fares with UK carriers and hence is higher than ONS figures.</t>
   </si>
   <si>
     <t>regional numbers differ slightly from VisitEngland published data due to regional attribution of national parks data</t>
   </si>
   <si>
     <t>© VisitBritain/VisitEngland 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Inbound plus domestic </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total including pre-trip outbound </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="13">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -918,214 +921,214 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5A668F29-16A6-4796-BBC8-DD57F7BEFB4A}">
   <dimension ref="A2:E38"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B41" sqref="B41"/>
+    <sheetView topLeftCell="A16" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B39" sqref="B39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="1"/>
     <col min="2" max="2" width="24" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="18" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5">
       <c r="B2" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C2" s="33">
         <v>2024</v>
       </c>
       <c r="D2" s="22" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E3" s="8">
         <v>42561.999999999985</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="B4" s="7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="11" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E4" s="8">
         <v>107907.01630618417</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="B5" s="9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E5" s="10">
         <v>150469.01630618417</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="B6" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="11" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E6" s="8">
         <v>1046830.126041545</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="B7" s="9" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E7" s="10">
         <v>1197299.1423477291</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8" s="13"/>
       <c r="E8"/>
     </row>
     <row r="9" spans="1:5">
       <c r="B9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="8">
         <v>37126.123197057903</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="B10" s="7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="8">
         <v>33446.249396361789</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="25"/>
       <c r="B11" s="9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>0</v>
       </c>
       <c r="D11" s="12" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="10">
         <v>70572.372593419685</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="B12" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D12" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="8">
         <v>55599.178202042218</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="B13" s="7" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="8">
         <v>39705.776457757122</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="B14" s="9" t="s">
         <v>3</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>0</v>
       </c>
       <c r="D14" s="12" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="10">
         <v>165877.32725321903</v>
       </c>
     </row>
@@ -1160,51 +1163,51 @@
         <v>13</v>
       </c>
       <c r="E17" s="8">
         <v>69738.171105205314</v>
       </c>
     </row>
     <row r="18" spans="2:5">
       <c r="B18" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="8">
         <v>77590.350280414932</v>
       </c>
     </row>
     <row r="19" spans="2:5">
       <c r="B19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D19" s="12" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="10">
         <v>147328.52138562023</v>
       </c>
     </row>
     <row r="20" spans="2:5">
       <c r="B20" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="8">
         <v>58405.888588096517</v>
       </c>
     </row>
     <row r="21" spans="2:5">
       <c r="B21" s="9" t="s">
         <v>1</v>
@@ -1236,51 +1239,51 @@
         <v>14</v>
       </c>
       <c r="E23" s="8">
         <v>1411149.1577017177</v>
       </c>
     </row>
     <row r="24" spans="2:5">
       <c r="B24" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="11" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="8">
         <v>1020676.2505045848</v>
       </c>
     </row>
     <row r="25" spans="2:5">
       <c r="B25" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D25" s="12" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="10">
         <v>2431825.4082063027</v>
       </c>
     </row>
     <row r="26" spans="2:5">
       <c r="B26" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="11" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="8">
         <v>645779.45081474225</v>
       </c>
     </row>
     <row r="27" spans="2:5">
       <c r="B27" s="9" t="s">
         <v>2</v>
@@ -1312,839 +1315,892 @@
         <v>13</v>
       </c>
       <c r="E29" s="8">
         <v>27960.835774943582</v>
       </c>
     </row>
     <row r="30" spans="2:5">
       <c r="B30" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D30" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="8">
         <v>24146.139525849103</v>
       </c>
     </row>
     <row r="31" spans="2:5">
       <c r="B31" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D31" s="12" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="10">
         <v>52106.975300792685</v>
       </c>
     </row>
     <row r="32" spans="2:5">
       <c r="B32" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="11" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="8">
         <v>14787.233446863349</v>
       </c>
     </row>
     <row r="33" spans="2:5">
       <c r="B33" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>3</v>
       </c>
       <c r="D33" s="12" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="10">
         <v>66894.208747656026</v>
       </c>
     </row>
     <row r="36" spans="2:5" ht="150">
       <c r="B36" s="27" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C36" s="26"/>
       <c r="D36" s="26"/>
       <c r="E36" s="26"/>
     </row>
     <row r="38" spans="2:5">
       <c r="B38" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{80F3ED55-22DF-45B9-908E-09F29329DEE0}">
-  <dimension ref="A2:M24"/>
+  <dimension ref="A2:N24"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B28" sqref="B28"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C19" sqref="C19:D19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.5703125" style="1" customWidth="1"/>
-    <col min="3" max="13" width="15.7109375" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="16384" width="9.140625" style="1"/>
+    <col min="3" max="5" width="15.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="17.85546875" style="1" customWidth="1"/>
+    <col min="7" max="14" width="15.7109375" style="1" customWidth="1"/>
+    <col min="15" max="15" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:13">
+    <row r="2" spans="1:14">
       <c r="B2" s="33">
         <v>2024</v>
       </c>
       <c r="C2" s="37" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" s="35"/>
+      <c r="I2" s="36"/>
+      <c r="J2" s="34" t="s">
         <v>35</v>
       </c>
-      <c r="D2" s="35"/>
-[...6 lines deleted...]
-      <c r="I2" s="34" t="s">
+      <c r="K2" s="35"/>
+      <c r="L2" s="36"/>
+      <c r="M2" s="34" t="s">
         <v>36</v>
       </c>
-      <c r="J2" s="35"/>
-[...6 lines deleted...]
-    <row r="3" spans="1:13" s="14" customFormat="1">
+      <c r="N2" s="36"/>
+    </row>
+    <row r="3" spans="1:14" s="14" customFormat="1" ht="30">
       <c r="B3" s="15"/>
       <c r="C3" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="16" t="s">
         <v>32</v>
       </c>
-      <c r="E3" s="17" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="16" t="s">
+      <c r="E3" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="G3" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="16" t="s">
+      <c r="H3" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="17" t="s">
+      <c r="I3" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="I3" s="18" t="s">
+      <c r="J3" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="J3" s="16" t="s">
+      <c r="K3" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="K3" s="17" t="s">
+      <c r="L3" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="L3" s="18" t="s">
+      <c r="M3" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="M3" s="17" t="s">
+      <c r="N3" s="17" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:13">
+    <row r="4" spans="1:14">
       <c r="A4" s="2"/>
       <c r="B4" s="6" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>309.77253114766455</v>
       </c>
       <c r="D4" s="3">
         <v>2567.7116758992552</v>
       </c>
-      <c r="E4" s="4">
+      <c r="E4" s="3">
+        <v>2877.4842070469199</v>
+      </c>
+      <c r="F4" s="4">
         <v>3495.7815001950598</v>
       </c>
-      <c r="F4" s="3">
+      <c r="G4" s="3">
         <v>1492.9008332705989</v>
       </c>
-      <c r="G4" s="3">
+      <c r="H4" s="3">
         <v>2709.7175854446018</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>4202.6184187152012</v>
       </c>
-      <c r="I4" s="3">
+      <c r="J4" s="3">
         <v>31513.77344943447</v>
       </c>
-      <c r="J4" s="3">
+      <c r="K4" s="3">
         <v>40102.44630199649</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>71616.219751430966</v>
       </c>
-      <c r="L4" s="21">
+      <c r="M4" s="21">
         <v>5.4153267130124201E-2</v>
       </c>
-      <c r="M4" s="20">
+      <c r="N4" s="20">
         <v>5.7162644970611777E-2</v>
       </c>
     </row>
-    <row r="5" spans="1:13">
+    <row r="5" spans="1:14">
       <c r="A5" s="2"/>
       <c r="B5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>2438.3408587111107</v>
       </c>
       <c r="D5" s="3">
         <v>11029.714502146733</v>
       </c>
-      <c r="E5" s="4">
+      <c r="E5" s="3">
+        <v>13468.055360857845</v>
+      </c>
+      <c r="F5" s="4">
         <v>18140.364729857571</v>
       </c>
-      <c r="F5" s="3">
+      <c r="G5" s="3">
         <v>7506.7581697666483</v>
       </c>
-      <c r="G5" s="3">
+      <c r="H5" s="3">
         <v>7988.1729239619726</v>
       </c>
-      <c r="H5" s="4">
+      <c r="I5" s="4">
         <v>15494.931093728621</v>
       </c>
-      <c r="I5" s="3">
+      <c r="J5" s="3">
         <v>152322.17214148591</v>
       </c>
-      <c r="J5" s="3">
+      <c r="K5" s="3">
         <v>110653.07120612818</v>
       </c>
-      <c r="K5" s="4">
+      <c r="L5" s="4">
         <v>262975.24334761407</v>
       </c>
-      <c r="L5" s="21">
+      <c r="M5" s="21">
         <v>5.6505772735495646E-2</v>
       </c>
-      <c r="M5" s="20">
+      <c r="N5" s="20">
         <v>6.5443751237479669E-2</v>
       </c>
     </row>
-    <row r="6" spans="1:13">
+    <row r="6" spans="1:14">
       <c r="A6" s="2"/>
       <c r="B6" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
         <v>541.09917246281623</v>
       </c>
       <c r="D6" s="3">
         <v>7436.2051662629856</v>
       </c>
-      <c r="E6" s="4">
+      <c r="E6" s="3">
+        <v>7977.3043387258022</v>
+      </c>
+      <c r="F6" s="4">
         <v>8544.8022519719452</v>
       </c>
-      <c r="F6" s="3">
+      <c r="G6" s="3">
         <v>3873.6420884521217</v>
       </c>
-      <c r="G6" s="3">
+      <c r="H6" s="3">
         <v>4955.7219338906716</v>
       </c>
-      <c r="H6" s="4">
+      <c r="I6" s="4">
         <v>8829.3640223427938</v>
       </c>
-      <c r="I6" s="3">
+      <c r="J6" s="3">
         <v>84801.601244126927</v>
       </c>
-      <c r="J6" s="3">
+      <c r="K6" s="3">
         <v>71144.509368767598</v>
       </c>
-      <c r="K6" s="4">
+      <c r="L6" s="4">
         <v>155946.11061289452</v>
       </c>
-      <c r="L6" s="21">
+      <c r="M6" s="21">
         <v>4.8009178514098944E-2</v>
       </c>
-      <c r="M6" s="20">
+      <c r="N6" s="20">
         <v>5.6161784045584022E-2</v>
       </c>
     </row>
-    <row r="7" spans="1:13">
+    <row r="7" spans="1:14">
       <c r="A7" s="2"/>
       <c r="B7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="3">
         <v>543.87079493224769</v>
       </c>
       <c r="D7" s="3">
         <v>4996.9477690693675</v>
       </c>
-      <c r="E7" s="4">
+      <c r="E7" s="3">
+        <v>5540.8185640016154</v>
+      </c>
+      <c r="F7" s="4">
         <v>6125.5544740519972</v>
       </c>
-      <c r="F7" s="3">
+      <c r="G7" s="3">
         <v>2761.7029572735037</v>
       </c>
-      <c r="G7" s="3">
+      <c r="H7" s="3">
         <v>4403.2184782382183</v>
       </c>
-      <c r="H7" s="4">
+      <c r="I7" s="4">
         <v>7164.9214355117219</v>
       </c>
-      <c r="I7" s="3">
+      <c r="J7" s="3">
         <v>59601.810487848372</v>
       </c>
-      <c r="J7" s="3">
+      <c r="K7" s="3">
         <v>64831.976426577377</v>
       </c>
-      <c r="K7" s="4">
+      <c r="L7" s="4">
         <v>124433.78691442576</v>
       </c>
-      <c r="L7" s="21">
+      <c r="M7" s="21">
         <v>4.5822839575112885E-2</v>
       </c>
-      <c r="M7" s="20">
+      <c r="N7" s="20">
         <v>5.0199609047364327E-2</v>
       </c>
     </row>
-    <row r="8" spans="1:13">
+    <row r="8" spans="1:14">
       <c r="A8" s="2"/>
       <c r="B8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="3">
         <v>1195.4254028211064</v>
       </c>
       <c r="D8" s="3">
         <v>6419.7842119930556</v>
       </c>
-      <c r="E8" s="4">
+      <c r="E8" s="3">
+        <v>7615.2096148141618</v>
+      </c>
+      <c r="F8" s="4">
         <v>9265.2321241703194</v>
       </c>
-      <c r="F8" s="3">
+      <c r="G8" s="3">
         <v>3969.1782771137637</v>
       </c>
-      <c r="G8" s="3">
+      <c r="H8" s="3">
         <v>5394.6525696016779</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>9363.830846715442</v>
       </c>
-      <c r="I8" s="3">
+      <c r="J8" s="3">
         <v>83048.918203738736</v>
       </c>
-      <c r="J8" s="3">
+      <c r="K8" s="3">
         <v>79143.303409634129</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>162192.22161337285</v>
       </c>
-      <c r="L8" s="21">
+      <c r="M8" s="21">
         <v>4.7630385977261672E-2</v>
       </c>
-      <c r="M8" s="20">
+      <c r="N8" s="20">
         <v>5.2777190053649461E-2</v>
       </c>
     </row>
-    <row r="9" spans="1:13">
+    <row r="9" spans="1:14">
       <c r="A9" s="2"/>
       <c r="B9" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3">
         <v>1859.4027238067188</v>
       </c>
       <c r="D9" s="3">
         <v>5968.6597220128624</v>
       </c>
-      <c r="E9" s="4">
+      <c r="E9" s="3">
+        <v>7828.0624458195816</v>
+      </c>
+      <c r="F9" s="4">
         <v>14093.735852888894</v>
       </c>
-      <c r="F9" s="3">
+      <c r="G9" s="3">
         <v>5423.3133122888939</v>
       </c>
-      <c r="G9" s="3">
+      <c r="H9" s="3">
         <v>6677.5676735902452</v>
       </c>
-      <c r="H9" s="4">
+      <c r="I9" s="4">
         <v>12100.880985879139</v>
       </c>
-      <c r="I9" s="3">
+      <c r="J9" s="3">
         <v>100203.16031870399</v>
       </c>
-      <c r="J9" s="3">
+      <c r="K9" s="3">
         <v>92382.731780320479</v>
       </c>
-      <c r="K9" s="4">
+      <c r="L9" s="4">
         <v>192585.89209902447</v>
       </c>
-      <c r="L9" s="21">
+      <c r="M9" s="21">
         <v>5.2512096075310787E-2</v>
       </c>
-      <c r="M9" s="20">
+      <c r="N9" s="20">
         <v>5.7896191708460942E-2</v>
       </c>
     </row>
-    <row r="10" spans="1:13">
+    <row r="10" spans="1:14">
       <c r="A10" s="2"/>
       <c r="B10" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="3">
         <v>3389.1220709094978</v>
       </c>
       <c r="D10" s="3">
         <v>11065.348860471839</v>
       </c>
-      <c r="E10" s="4">
+      <c r="E10" s="3">
+        <v>14454.470931381336</v>
+      </c>
+      <c r="F10" s="4">
         <v>20179.919473255242</v>
       </c>
-      <c r="F10" s="3">
+      <c r="G10" s="3">
         <v>8374.9231882035729</v>
       </c>
-      <c r="G10" s="3">
+      <c r="H10" s="3">
         <v>8962.3636583237312</v>
       </c>
-      <c r="H10" s="4">
+      <c r="I10" s="4">
         <v>17337.286846527306</v>
       </c>
-      <c r="I10" s="3">
+      <c r="J10" s="3">
         <v>166576.7979447211</v>
       </c>
-      <c r="J10" s="3">
+      <c r="K10" s="3">
         <v>103179.59325494502</v>
       </c>
-      <c r="K10" s="4">
+      <c r="L10" s="4">
         <v>269756.39119966613</v>
       </c>
-      <c r="L10" s="21">
+      <c r="M10" s="21">
         <v>4.3494512276670082E-2</v>
       </c>
-      <c r="M10" s="20">
+      <c r="N10" s="20">
         <v>5.4188515561059553E-2</v>
       </c>
     </row>
-    <row r="11" spans="1:13">
+    <row r="11" spans="1:14">
       <c r="A11" s="2"/>
       <c r="B11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="3">
         <v>1559.577810440984</v>
       </c>
       <c r="D11" s="3">
         <v>8771.9186734219802</v>
       </c>
-      <c r="E11" s="4">
+      <c r="E11" s="3">
+        <v>10331.496483862964</v>
+      </c>
+      <c r="F11" s="4">
         <v>11852.118386502969</v>
       </c>
-      <c r="F11" s="3">
+      <c r="G11" s="3">
         <v>5357.0990710655024</v>
       </c>
-      <c r="G11" s="3">
+      <c r="H11" s="3">
         <v>5788.2735818649626</v>
       </c>
-      <c r="H11" s="4">
+      <c r="I11" s="4">
         <v>11145.372652930466</v>
       </c>
-      <c r="I11" s="3">
+      <c r="J11" s="3">
         <v>112984.85152193677</v>
       </c>
-      <c r="J11" s="3">
+      <c r="K11" s="3">
         <v>81023.516608280406</v>
       </c>
-      <c r="K11" s="4">
+      <c r="L11" s="4">
         <v>194008.36813021719</v>
       </c>
-      <c r="L11" s="21">
+      <c r="M11" s="21">
         <v>5.3189401998787252E-2</v>
       </c>
-      <c r="M11" s="20">
+      <c r="N11" s="20">
         <v>6.202333387581712E-2</v>
       </c>
     </row>
-    <row r="12" spans="1:13">
+    <row r="12" spans="1:14">
       <c r="B12" s="28" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="29">
         <v>11836.611365232146</v>
       </c>
       <c r="D12" s="29">
         <v>58256.290581278081</v>
       </c>
-      <c r="E12" s="30">
+      <c r="E12" s="29">
+        <v>70092.901946510232</v>
+      </c>
+      <c r="F12" s="30">
         <v>91697.508792894005</v>
       </c>
-      <c r="F12" s="29">
+      <c r="G12" s="29">
         <v>38759.517897434605</v>
       </c>
-      <c r="G12" s="29">
+      <c r="H12" s="29">
         <v>46879.68840491608</v>
       </c>
-      <c r="H12" s="30">
+      <c r="I12" s="30">
         <v>85639.206302350693</v>
       </c>
-      <c r="I12" s="29">
+      <c r="J12" s="29">
         <v>791053.08531199628</v>
       </c>
-      <c r="J12" s="29">
+      <c r="K12" s="29">
         <v>642461.14835664968</v>
       </c>
-      <c r="K12" s="30">
+      <c r="L12" s="30">
         <v>1433514.2336686458</v>
       </c>
-      <c r="L12" s="31">
+      <c r="M12" s="31">
         <v>4.9580408086120534E-2</v>
       </c>
-      <c r="M12" s="32">
+      <c r="N12" s="32">
         <v>5.7266466539044311E-2</v>
       </c>
     </row>
-    <row r="13" spans="1:13">
+    <row r="13" spans="1:14">
       <c r="A13" s="2"/>
       <c r="B13" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="3">
         <v>20373.496592439471</v>
       </c>
       <c r="D13" s="3">
         <v>17484.565512577319</v>
       </c>
-      <c r="E13" s="4">
+      <c r="E13" s="3">
+        <v>37858.06210501679</v>
+      </c>
+      <c r="F13" s="4">
         <v>52985.334464983796</v>
       </c>
-      <c r="F13" s="3">
+      <c r="G13" s="3">
         <v>21689.177803831091</v>
       </c>
-      <c r="G13" s="3">
+      <c r="H13" s="3">
         <v>19519.120428581518</v>
       </c>
-      <c r="H13" s="4">
+      <c r="I13" s="4">
         <v>41208.298232412606</v>
       </c>
-      <c r="I13" s="3">
+      <c r="J13" s="3">
         <v>426305.41569192166</v>
       </c>
-      <c r="J13" s="3">
+      <c r="K13" s="3">
         <v>213743.55951109878</v>
       </c>
-      <c r="K13" s="4">
+      <c r="L13" s="4">
         <v>640048.9752030205</v>
       </c>
-      <c r="L13" s="21">
+      <c r="M13" s="21">
         <v>6.3612093765731806E-2</v>
       </c>
-      <c r="M13" s="20">
+      <c r="N13" s="20">
         <v>0.10052551585323465</v>
       </c>
     </row>
-    <row r="14" spans="1:13">
+    <row r="14" spans="1:14">
       <c r="B14" s="28" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="29">
         <v>32210.107957671615</v>
       </c>
       <c r="D14" s="29">
         <v>75740.8560938554</v>
       </c>
-      <c r="E14" s="30">
+      <c r="E14" s="29">
+        <v>107950.96405152701</v>
+      </c>
+      <c r="F14" s="30">
         <v>144682.8432578778</v>
       </c>
-      <c r="F14" s="29">
+      <c r="G14" s="29">
         <v>60448.695701265693</v>
       </c>
-      <c r="G14" s="29">
+      <c r="H14" s="29">
         <v>66398.808833497606</v>
       </c>
-      <c r="H14" s="30">
+      <c r="I14" s="30">
         <v>126847.5045347633</v>
       </c>
-      <c r="I14" s="29">
+      <c r="J14" s="29">
         <v>1217358.501003918</v>
       </c>
-      <c r="J14" s="29">
+      <c r="K14" s="29">
         <v>856204.70786774845</v>
       </c>
-      <c r="K14" s="30">
+      <c r="L14" s="30">
         <v>2073563.2088716663</v>
       </c>
-      <c r="L14" s="31">
+      <c r="M14" s="31">
         <v>5.3407559478642425E-2</v>
       </c>
-      <c r="M14" s="32">
+      <c r="N14" s="32">
         <v>6.6038348810443612E-2</v>
       </c>
     </row>
-    <row r="15" spans="1:13">
+    <row r="15" spans="1:14">
       <c r="A15" s="2"/>
       <c r="B15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="3">
         <v>496.64944645228769</v>
       </c>
       <c r="D15" s="3">
         <v>4656.0641001494296</v>
       </c>
-      <c r="E15" s="4">
+      <c r="E15" s="3">
+        <v>5152.7135466017171</v>
+      </c>
+      <c r="F15" s="4">
         <v>5267.8832593722609</v>
       </c>
-      <c r="F15" s="3">
+      <c r="G15" s="3">
         <v>2469.1011012822805</v>
       </c>
-      <c r="G15" s="3">
+      <c r="H15" s="3">
         <v>3420.0461321045696</v>
       </c>
-      <c r="H15" s="4">
+      <c r="I15" s="4">
         <v>5889.1472333868496</v>
       </c>
-      <c r="I15" s="3">
+      <c r="J15" s="3">
         <v>53764.981462445088</v>
       </c>
-      <c r="J15" s="3">
+      <c r="K15" s="3">
         <v>55105.736321908051</v>
       </c>
-      <c r="K15" s="4">
+      <c r="L15" s="4">
         <v>108870.71778435314</v>
       </c>
-      <c r="L15" s="21">
+      <c r="M15" s="21">
         <v>6.4413458669908566E-2</v>
       </c>
-      <c r="M15" s="20">
+      <c r="N15" s="20">
         <v>7.1384081319979226E-2</v>
       </c>
     </row>
-    <row r="16" spans="1:13">
+    <row r="16" spans="1:14">
       <c r="A16" s="2"/>
       <c r="B16" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="3">
         <v>3824.5187549738221</v>
       </c>
       <c r="D16" s="3">
         <v>7361.3344373317186</v>
       </c>
-      <c r="E16" s="4">
+      <c r="E16" s="3">
+        <v>11185.853192305542</v>
+      </c>
+      <c r="F16" s="4">
         <v>13665.354249121086</v>
       </c>
-      <c r="F16" s="3">
+      <c r="G16" s="3">
         <v>5911.1685041157361</v>
       </c>
-      <c r="G16" s="3">
+      <c r="H16" s="3">
         <v>5998.3546608223387</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>11909.523164938075</v>
       </c>
-      <c r="I16" s="3">
+      <c r="J16" s="3">
         <v>121910.4891081239</v>
       </c>
-      <c r="J16" s="3">
+      <c r="K16" s="3">
         <v>82365.947577680738</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>204276.43668580463</v>
       </c>
-      <c r="L16" s="21">
+      <c r="M16" s="21">
         <v>5.8135918243935124E-2</v>
       </c>
-      <c r="M16" s="20">
+      <c r="N16" s="20">
         <v>7.0440636378804211E-2</v>
       </c>
     </row>
-    <row r="17" spans="1:13">
+    <row r="17" spans="1:14">
       <c r="B17" s="28" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="29">
         <v>36531.276159097724</v>
       </c>
       <c r="D17" s="29">
         <v>87758.25463133656</v>
       </c>
-      <c r="E17" s="30">
+      <c r="E17" s="29">
+        <v>124289.53079043428</v>
+      </c>
+      <c r="F17" s="30">
         <v>163616.08076637116</v>
       </c>
-      <c r="F17" s="29">
+      <c r="G17" s="29">
         <v>68828.965306663711</v>
       </c>
-      <c r="G17" s="29">
+      <c r="H17" s="29">
         <v>75817.209626424519</v>
       </c>
-      <c r="H17" s="30">
+      <c r="I17" s="30">
         <v>144646.17493308824</v>
       </c>
-      <c r="I17" s="29">
+      <c r="J17" s="29">
         <v>1393033.9715744869</v>
       </c>
-      <c r="J17" s="29">
+      <c r="K17" s="29">
         <v>993676.39176733722</v>
       </c>
-      <c r="K17" s="30">
+      <c r="L17" s="30">
         <v>2386710.3633418242</v>
       </c>
-      <c r="L17" s="31">
+      <c r="M17" s="31">
         <v>5.4146833841566988E-2</v>
       </c>
-      <c r="M17" s="32">
+      <c r="N17" s="32">
         <v>6.6622293774981481E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:13">
+    <row r="18" spans="1:14">
       <c r="A18" s="2"/>
       <c r="B18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="3">
         <v>594.84703796017425</v>
       </c>
       <c r="D18" s="3">
         <v>1287.1729670674704</v>
       </c>
-      <c r="E18" s="4">
+      <c r="E18" s="3">
+        <v>1882.0200050276446</v>
+      </c>
+      <c r="F18" s="4">
         <v>2261.2464868478964</v>
       </c>
-      <c r="F18" s="3">
+      <c r="G18" s="3">
         <v>909.20579854159723</v>
       </c>
-      <c r="G18" s="3">
+      <c r="H18" s="3">
         <v>1773.1406539904058</v>
       </c>
-      <c r="H18" s="4">
+      <c r="I18" s="4">
         <v>2682.3464525320032</v>
       </c>
-      <c r="I18" s="3">
+      <c r="J18" s="3">
         <v>18115.186127230674</v>
       </c>
-      <c r="J18" s="3">
+      <c r="K18" s="3">
         <v>26999.85873724761</v>
       </c>
-      <c r="K18" s="4">
+      <c r="L18" s="4">
         <v>45115.044864478288</v>
       </c>
-      <c r="L18" s="21">
+      <c r="M18" s="21">
         <v>4.2634435519490373E-2</v>
       </c>
-      <c r="M18" s="20">
+      <c r="N18" s="20">
         <v>4.7093931882166942E-2</v>
       </c>
     </row>
-    <row r="19" spans="1:13">
+    <row r="19" spans="1:14">
       <c r="B19" s="28" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C19" s="29">
         <v>37126.123197057896</v>
       </c>
       <c r="D19" s="29">
         <v>89045.427598404029</v>
       </c>
-      <c r="E19" s="30">
+      <c r="E19" s="29">
+        <v>126171.55079546192</v>
+      </c>
+      <c r="F19" s="30">
         <v>165877.32725321906</v>
       </c>
-      <c r="F19" s="29">
+      <c r="G19" s="29">
         <v>69738.171105205314</v>
       </c>
-      <c r="G19" s="29">
+      <c r="H19" s="29">
         <v>77590.350280414932</v>
       </c>
-      <c r="H19" s="30">
+      <c r="I19" s="30">
         <v>147328.52138562026</v>
       </c>
-      <c r="I19" s="29">
+      <c r="J19" s="29">
         <v>1411149.1577017177</v>
       </c>
-      <c r="J19" s="29">
+      <c r="K19" s="29">
         <v>1020676.2505045849</v>
       </c>
-      <c r="K19" s="30">
+      <c r="L19" s="30">
         <v>2431825.4082063027</v>
       </c>
-      <c r="L19" s="31">
+      <c r="M19" s="31">
         <v>5.3881937151514438E-2</v>
       </c>
-      <c r="M19" s="32">
+      <c r="N19" s="32">
         <v>6.6113688044044411E-2</v>
       </c>
     </row>
-    <row r="22" spans="1:13" s="19" customFormat="1" ht="75.75" customHeight="1">
+    <row r="22" spans="1:14" s="19" customFormat="1" ht="135.75" customHeight="1">
       <c r="B22" s="23" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C22" s="24" t="s">
         <v>31</v>
       </c>
       <c r="D22" s="24" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
-      <c r="L22" s="24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22" s="24"/>
       <c r="M22" s="24" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:13">
+        <v>47</v>
+      </c>
+      <c r="N22" s="24" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14">
       <c r="B24" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="F2:H2"/>
-[...2 lines deleted...]
-    <mergeCell ref="L2:M2"/>
+    <mergeCell ref="G2:I2"/>
+    <mergeCell ref="C2:F2"/>
+    <mergeCell ref="J2:L2"/>
+    <mergeCell ref="M2:N2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Department Document" ma:contentTypeID="0x01010065F2B32527EE624785C5D8CA2406D5EF00D6417CC50AE5A844882AD0D18D155A88" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f794759082a34183bed9b78e222e6099">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="fa2293c0-36c5-4b66-9e44-33018cec65dd" xmlns:ns3="0b9dd597-3a13-49a0-8cb5-48429b297a9e" xmlns:ns4="7a858931-c72a-4337-878a-407447966453" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="badcb4539defeafdf5f402dc66d6c376" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="fa2293c0-36c5-4b66-9e44-33018cec65dd"/>
     <xsd:import namespace="0b9dd597-3a13-49a0-8cb5-48429b297a9e"/>
     <xsd:import namespace="7a858931-c72a-4337-878a-407447966453"/>
     <xsd:element name="properties">